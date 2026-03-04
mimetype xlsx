--- v0 (2025-10-18)
+++ v1 (2026-03-04)
@@ -12,227 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>date</t>
   </si>
   <si>
     <t>price_yen_iridium</t>
   </si>
   <si>
     <t>price_yen_ruthenium</t>
   </si>
   <si>
-    <t>2025/07/22</t>
-[...164 lines deleted...]
-    <t>2025/10/17</t>
+    <t>2025/12/04</t>
+  </si>
+  <si>
+    <t>2025/12/05</t>
+  </si>
+  <si>
+    <t>2025/12/08</t>
+  </si>
+  <si>
+    <t>2025/12/09</t>
+  </si>
+  <si>
+    <t>2025/12/10</t>
+  </si>
+  <si>
+    <t>2025/12/11</t>
+  </si>
+  <si>
+    <t>2025/12/12</t>
+  </si>
+  <si>
+    <t>2025/12/15</t>
+  </si>
+  <si>
+    <t>2025/12/16</t>
+  </si>
+  <si>
+    <t>2025/12/17</t>
+  </si>
+  <si>
+    <t>2025/12/18</t>
+  </si>
+  <si>
+    <t>2025/12/19</t>
+  </si>
+  <si>
+    <t>2025/12/22</t>
+  </si>
+  <si>
+    <t>2025/12/23</t>
+  </si>
+  <si>
+    <t>2025/12/24</t>
+  </si>
+  <si>
+    <t>2025/12/25</t>
+  </si>
+  <si>
+    <t>2025/12/26</t>
+  </si>
+  <si>
+    <t>2026/01/05</t>
+  </si>
+  <si>
+    <t>2026/01/06</t>
+  </si>
+  <si>
+    <t>2026/01/07</t>
+  </si>
+  <si>
+    <t>2026/01/08</t>
+  </si>
+  <si>
+    <t>2026/01/09</t>
+  </si>
+  <si>
+    <t>2026/01/13</t>
+  </si>
+  <si>
+    <t>2026/01/14</t>
+  </si>
+  <si>
+    <t>2026/01/15</t>
+  </si>
+  <si>
+    <t>2026/01/16</t>
+  </si>
+  <si>
+    <t>2026/01/19</t>
+  </si>
+  <si>
+    <t>2026/01/20</t>
+  </si>
+  <si>
+    <t>2026/01/21</t>
+  </si>
+  <si>
+    <t>2026/01/22</t>
+  </si>
+  <si>
+    <t>2026/01/23</t>
+  </si>
+  <si>
+    <t>2026/01/26</t>
+  </si>
+  <si>
+    <t>2026/01/27</t>
+  </si>
+  <si>
+    <t>2026/01/28</t>
+  </si>
+  <si>
+    <t>2026/01/29</t>
+  </si>
+  <si>
+    <t>2026/01/30</t>
+  </si>
+  <si>
+    <t>2026/02/02</t>
+  </si>
+  <si>
+    <t>2026/02/03</t>
+  </si>
+  <si>
+    <t>2026/02/04</t>
+  </si>
+  <si>
+    <t>2026/02/05</t>
+  </si>
+  <si>
+    <t>2026/02/06</t>
+  </si>
+  <si>
+    <t>2026/02/09</t>
+  </si>
+  <si>
+    <t>2026/02/10</t>
+  </si>
+  <si>
+    <t>2026/02/12</t>
+  </si>
+  <si>
+    <t>2026/02/13</t>
+  </si>
+  <si>
+    <t>2026/02/16</t>
+  </si>
+  <si>
+    <t>2026/02/17</t>
+  </si>
+  <si>
+    <t>2026/02/18</t>
+  </si>
+  <si>
+    <t>2026/02/19</t>
+  </si>
+  <si>
+    <t>2026/02/20</t>
+  </si>
+  <si>
+    <t>2026/02/24</t>
+  </si>
+  <si>
+    <t>2026/02/25</t>
+  </si>
+  <si>
+    <t>2026/02/26</t>
+  </si>
+  <si>
+    <t>2026/02/27</t>
+  </si>
+  <si>
+    <t>2026/03/02</t>
+  </si>
+  <si>
+    <t>2026/03/03</t>
+  </si>
+  <si>
+    <t>2026/03/04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -536,683 +539,694 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C57"/>
+  <dimension ref="A1:C58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
-        <v>21900</v>
+        <v>23100</v>
       </c>
       <c r="C2">
-        <v>3770</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>21700</v>
+        <v>23100</v>
       </c>
       <c r="C3">
-        <v>3750</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4">
-        <v>21700</v>
+        <v>23100</v>
       </c>
       <c r="C4">
-        <v>3750</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5">
-        <v>21900</v>
+        <v>23200</v>
       </c>
       <c r="C5">
-        <v>3770</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6">
-        <v>21900</v>
+        <v>23300</v>
       </c>
       <c r="C6">
-        <v>3780</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
-        <v>22000</v>
+        <v>23200</v>
       </c>
       <c r="C7">
-        <v>3800</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8">
-        <v>22000</v>
+        <v>23200</v>
       </c>
       <c r="C8">
-        <v>3790</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9">
-        <v>22100</v>
+        <v>23200</v>
       </c>
       <c r="C9">
-        <v>3820</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
-        <v>22400</v>
+        <v>23100</v>
       </c>
       <c r="C10">
-        <v>3860</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
-        <v>21900</v>
+        <v>23000</v>
       </c>
       <c r="C11">
-        <v>3780</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12">
-        <v>21800</v>
+        <v>23200</v>
       </c>
       <c r="C12">
-        <v>3760</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13">
-        <v>21900</v>
+        <v>23200</v>
       </c>
       <c r="C13">
-        <v>3780</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
-        <v>21900</v>
+        <v>23500</v>
       </c>
       <c r="C14">
-        <v>3780</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15">
-        <v>21800</v>
+        <v>23300</v>
       </c>
       <c r="C15">
-        <v>3770</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16">
-        <v>21900</v>
+        <v>23300</v>
       </c>
       <c r="C16">
-        <v>3770</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17">
-        <v>22000</v>
+        <v>23200</v>
       </c>
       <c r="C17">
-        <v>4020</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18">
-        <v>22000</v>
+        <v>23300</v>
       </c>
       <c r="C18">
-        <v>4020</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19">
-        <v>22000</v>
+        <v>23900</v>
       </c>
       <c r="C19">
-        <v>4390</v>
+        <v>6490</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20">
-        <v>22100</v>
+        <v>23800</v>
       </c>
       <c r="C20">
-        <v>4420</v>
+        <v>6460</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21">
-        <v>22000</v>
+        <v>25600</v>
       </c>
       <c r="C21">
-        <v>4390</v>
+        <v>6840</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22">
-        <v>21900</v>
+        <v>26100</v>
       </c>
       <c r="C22">
-        <v>4380</v>
+        <v>6850</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>24</v>
       </c>
       <c r="B23">
-        <v>22000</v>
+        <v>26200</v>
       </c>
       <c r="C23">
-        <v>4390</v>
+        <v>7120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>25</v>
       </c>
       <c r="B24">
-        <v>22000</v>
+        <v>27400</v>
       </c>
       <c r="C24">
-        <v>4390</v>
+        <v>7430</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>26</v>
       </c>
       <c r="B25">
-        <v>21900</v>
+        <v>28600</v>
       </c>
       <c r="C25">
-        <v>4380</v>
+        <v>7470</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>27</v>
       </c>
       <c r="B26">
-        <v>21900</v>
+        <v>29800</v>
       </c>
       <c r="C26">
-        <v>4390</v>
+        <v>7440</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27">
-        <v>21900</v>
+        <v>29800</v>
       </c>
       <c r="C27">
-        <v>4390</v>
+        <v>7440</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>29</v>
       </c>
       <c r="B28">
-        <v>22200</v>
+        <v>29600</v>
       </c>
       <c r="C28">
-        <v>4430</v>
+        <v>7390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>30</v>
       </c>
       <c r="B29">
-        <v>22000</v>
+        <v>30700</v>
       </c>
       <c r="C29">
-        <v>4410</v>
+        <v>7420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>31</v>
       </c>
       <c r="B30">
-        <v>22100</v>
+        <v>30700</v>
       </c>
       <c r="C30">
-        <v>4410</v>
+        <v>7420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31">
-        <v>22100</v>
+        <v>30700</v>
       </c>
       <c r="C31">
-        <v>4420</v>
+        <v>7420</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>33</v>
       </c>
       <c r="B32">
-        <v>21900</v>
+        <v>30800</v>
       </c>
       <c r="C32">
-        <v>4390</v>
+        <v>7440</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>34</v>
       </c>
       <c r="B33">
-        <v>22000</v>
+        <v>30100</v>
       </c>
       <c r="C33">
-        <v>4390</v>
+        <v>7270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>35</v>
       </c>
       <c r="B34">
-        <v>22000</v>
+        <v>31700</v>
       </c>
       <c r="C34">
-        <v>4390</v>
+        <v>7240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>36</v>
       </c>
       <c r="B35">
-        <v>21900</v>
+        <v>31300</v>
       </c>
       <c r="C35">
-        <v>4390</v>
+        <v>7150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>37</v>
       </c>
       <c r="B36">
-        <v>22000</v>
+        <v>32700</v>
       </c>
       <c r="C36">
-        <v>4390</v>
+        <v>7190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>38</v>
       </c>
       <c r="B37">
-        <v>21800</v>
+        <v>32800</v>
       </c>
       <c r="C37">
-        <v>4360</v>
+        <v>7210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38">
-        <v>21900</v>
+        <v>33200</v>
       </c>
       <c r="C38">
-        <v>4380</v>
+        <v>7290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>40</v>
       </c>
       <c r="B39">
-        <v>22000</v>
+        <v>33200</v>
       </c>
       <c r="C39">
-        <v>4410</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>41</v>
       </c>
       <c r="B40">
-        <v>22100</v>
+        <v>33300</v>
       </c>
       <c r="C40">
-        <v>4420</v>
+        <v>7320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>42</v>
       </c>
       <c r="B41">
-        <v>22000</v>
+        <v>33500</v>
       </c>
       <c r="C41">
-        <v>4400</v>
+        <v>7360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>43</v>
       </c>
       <c r="B42">
-        <v>22100</v>
+        <v>34000</v>
       </c>
       <c r="C42">
-        <v>4430</v>
+        <v>7360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>44</v>
       </c>
       <c r="B43">
-        <v>22300</v>
+        <v>34000</v>
       </c>
       <c r="C43">
-        <v>4460</v>
+        <v>7360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>45</v>
       </c>
       <c r="B44">
-        <v>22200</v>
+        <v>33900</v>
       </c>
       <c r="C44">
-        <v>4440</v>
+        <v>7330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>46</v>
       </c>
       <c r="B45">
-        <v>22200</v>
+        <v>33200</v>
       </c>
       <c r="C45">
-        <v>4430</v>
+        <v>7190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>47</v>
       </c>
       <c r="B46">
-        <v>22100</v>
+        <v>33200</v>
       </c>
       <c r="C46">
-        <v>4410</v>
+        <v>7180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>48</v>
       </c>
       <c r="B47">
-        <v>21900</v>
+        <v>33200</v>
       </c>
       <c r="C47">
-        <v>4380</v>
+        <v>7180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>49</v>
       </c>
       <c r="B48">
-        <v>21900</v>
+        <v>33200</v>
       </c>
       <c r="C48">
-        <v>4390</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>50</v>
       </c>
       <c r="B49">
-        <v>22300</v>
+        <v>33200</v>
       </c>
       <c r="C49">
-        <v>4460</v>
+        <v>7190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>51</v>
       </c>
       <c r="B50">
-        <v>22400</v>
+        <v>33600</v>
       </c>
       <c r="C50">
-        <v>4480</v>
+        <v>7260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>52</v>
       </c>
       <c r="B51">
-        <v>22700</v>
+        <v>33600</v>
       </c>
       <c r="C51">
-        <v>4530</v>
+        <v>7280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>53</v>
       </c>
       <c r="B52">
-        <v>22700</v>
+        <v>33600</v>
       </c>
       <c r="C52">
-        <v>4550</v>
+        <v>7270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>54</v>
       </c>
       <c r="B53">
-        <v>22800</v>
+        <v>33800</v>
       </c>
       <c r="C53">
-        <v>4560</v>
+        <v>7310</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>55</v>
       </c>
       <c r="B54">
-        <v>22700</v>
+        <v>33900</v>
       </c>
       <c r="C54">
-        <v>4540</v>
+        <v>7330</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>56</v>
       </c>
       <c r="B55">
-        <v>22600</v>
+        <v>33800</v>
       </c>
       <c r="C55">
-        <v>4520</v>
+        <v>7310</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>57</v>
       </c>
       <c r="B56">
-        <v>22400</v>
+        <v>33900</v>
       </c>
       <c r="C56">
-        <v>4490</v>
+        <v>7340</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>58</v>
       </c>
       <c r="B57">
-        <v>22400</v>
+        <v>34100</v>
       </c>
       <c r="C57">
-        <v>4470</v>
+        <v>7390</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>59</v>
+      </c>
+      <c r="B58">
+        <v>34200</v>
+      </c>
+      <c r="C58">
+        <v>7400</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">